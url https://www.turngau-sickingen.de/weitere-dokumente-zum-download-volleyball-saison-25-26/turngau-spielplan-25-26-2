--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -8,99 +8,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\HP\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E792A767-890A-42A0-9E1F-3C5C7DDAD74E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1275C16-264D-4980-B859-3899E0666DB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Spielwochen" sheetId="3" r:id="rId1"/>
     <sheet name="Damen 25-26" sheetId="9" r:id="rId2"/>
     <sheet name="Jugend 25-26" sheetId="10" r:id="rId3"/>
     <sheet name="Mixed A 25-26" sheetId="12" r:id="rId4"/>
     <sheet name="Mixed B 25-26" sheetId="11" r:id="rId5"/>
     <sheet name="Herren A 25-26" sheetId="13" r:id="rId6"/>
     <sheet name="Mixed" sheetId="5" state="hidden" r:id="rId7"/>
     <sheet name="Herren" sheetId="6" state="hidden" r:id="rId8"/>
     <sheet name="Jugend" sheetId="7" state="hidden" r:id="rId9"/>
     <sheet name="Damen" sheetId="8" state="hidden" r:id="rId10"/>
     <sheet name="Herren B 25-26" sheetId="14" r:id="rId11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Damen 25-26'!$A$1:$F$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Herren A 25-26'!$A$1:$F$68</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Damen 25-26'!$A$1:$F$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Herren A 25-26'!$A$1:$F$67</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Mixed A 25-26'!$A$1:$F$40</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Mixed B 25-26'!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="719" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="87">
   <si>
     <t>Damen</t>
   </si>
   <si>
     <t>Jugend</t>
   </si>
   <si>
     <t>Herren</t>
   </si>
   <si>
     <t>Mixed</t>
   </si>
   <si>
     <t>Montag</t>
   </si>
   <si>
     <t>Sonntag</t>
   </si>
   <si>
     <t>Ferien</t>
   </si>
   <si>
     <t>Feiertag</t>
   </si>
   <si>
@@ -443,93 +443,92 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -931,54 +930,54 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J48"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="G60" sqref="G60"/>
-      <selection pane="bottomLeft" activeCell="B17" sqref="B17"/>
+      <selection pane="bottomLeft" activeCell="D25" sqref="D24:D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="3" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" style="4"/>
     <col min="5" max="5" width="5.7109375" style="15" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="15" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.7109375" style="15" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7" style="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.5703125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="3"/>
@@ -993,441 +992,444 @@
         <v>0</v>
       </c>
       <c r="H1" s="14" t="s">
         <v>1</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A3" s="31">
+      <c r="A3" s="30">
         <v>45887</v>
       </c>
-      <c r="B3" s="31">
+      <c r="B3" s="30">
         <v>45893</v>
       </c>
-      <c r="C3" s="32"/>
-[...6 lines deleted...]
-      <c r="J3" s="32"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="31"/>
+      <c r="J3" s="31"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="31">
+      <c r="A4" s="30">
         <v>45894</v>
       </c>
-      <c r="B4" s="31">
+      <c r="B4" s="30">
         <v>45900</v>
       </c>
-      <c r="C4" s="32"/>
-[...6 lines deleted...]
-      <c r="J4" s="34"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="33"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="31">
+      <c r="A5" s="30">
         <v>45901</v>
       </c>
-      <c r="B5" s="31">
+      <c r="B5" s="30">
         <v>45907</v>
       </c>
-      <c r="C5" s="32"/>
-[...1 lines deleted...]
-      <c r="E5" s="33" t="s">
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="G5" s="33"/>
-[...2 lines deleted...]
-      <c r="J5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A6" s="31">
+      <c r="A6" s="30">
         <v>45908</v>
       </c>
-      <c r="B6" s="31">
+      <c r="B6" s="30">
         <v>45914</v>
       </c>
-      <c r="C6" s="32"/>
-[...1 lines deleted...]
-      <c r="E6" s="33" t="s">
+      <c r="C6" s="31"/>
+      <c r="D6" s="31"/>
+      <c r="E6" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="F6" s="33" t="s">
+      <c r="F6" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="G6" s="33"/>
-[...2 lines deleted...]
-      <c r="J6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="31"/>
+      <c r="J6" s="31"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="31">
+      <c r="A7" s="30">
         <v>45915</v>
       </c>
-      <c r="B7" s="31">
+      <c r="B7" s="30">
         <v>45921</v>
       </c>
-      <c r="C7" s="32"/>
-[...1 lines deleted...]
-      <c r="E7" s="33">
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="32">
         <v>1</v>
       </c>
-      <c r="F7" s="33"/>
-[...1 lines deleted...]
-      <c r="H7" s="33">
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32">
         <v>1</v>
       </c>
-      <c r="I7" s="32"/>
-      <c r="J7" s="32"/>
+      <c r="I7" s="31"/>
+      <c r="J7" s="31"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="31">
+      <c r="A8" s="30">
         <v>45922</v>
       </c>
-      <c r="B8" s="31">
+      <c r="B8" s="30">
         <v>45928</v>
       </c>
-      <c r="C8" s="32"/>
-[...2 lines deleted...]
-      <c r="F8" s="33">
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32">
         <v>1</v>
       </c>
-      <c r="G8" s="33">
+      <c r="G8" s="32">
         <v>1</v>
       </c>
-      <c r="H8" s="33"/>
-[...1 lines deleted...]
-      <c r="J8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="31"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="31">
+      <c r="A9" s="30">
         <v>45929</v>
       </c>
-      <c r="B9" s="31">
+      <c r="B9" s="30">
         <v>45935</v>
       </c>
-      <c r="C9" s="32"/>
-[...1 lines deleted...]
-      <c r="E9" s="33">
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="32">
         <v>2</v>
       </c>
-      <c r="F9" s="33"/>
-[...1 lines deleted...]
-      <c r="H9" s="33">
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32">
         <v>2</v>
       </c>
-      <c r="I9" s="32"/>
-      <c r="J9" s="36" t="s">
+      <c r="I9" s="31"/>
+      <c r="J9" s="35" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A10" s="31">
+      <c r="A10" s="30">
         <v>45936</v>
       </c>
-      <c r="B10" s="31">
+      <c r="B10" s="30">
         <v>45942</v>
       </c>
-      <c r="C10" s="32"/>
-[...2 lines deleted...]
-      <c r="F10" s="33">
+      <c r="C10" s="31"/>
+      <c r="D10" s="31"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32">
         <v>2</v>
       </c>
-      <c r="G10" s="33">
+      <c r="G10" s="32">
         <v>2</v>
       </c>
-      <c r="H10" s="33"/>
-[...1 lines deleted...]
-      <c r="J10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="31"/>
+      <c r="J10" s="31"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A11" s="31">
+      <c r="A11" s="30">
         <v>45943</v>
       </c>
-      <c r="B11" s="31">
+      <c r="B11" s="30">
         <v>45949</v>
       </c>
-      <c r="C11" s="32"/>
-[...5 lines deleted...]
-      <c r="I11" s="32" t="s">
+      <c r="C11" s="31"/>
+      <c r="D11" s="31"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+      <c r="I11" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="J11" s="37"/>
+      <c r="J11" s="36"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A12" s="31">
+      <c r="A12" s="30">
         <v>45950</v>
       </c>
-      <c r="B12" s="31">
+      <c r="B12" s="30">
         <v>45956</v>
       </c>
-      <c r="C12" s="32"/>
-[...5 lines deleted...]
-      <c r="I12" s="32" t="s">
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="J12" s="37"/>
+      <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A13" s="31">
+      <c r="A13" s="30">
         <v>45957</v>
       </c>
-      <c r="B13" s="31">
+      <c r="B13" s="30">
         <v>45963</v>
       </c>
-      <c r="C13" s="32"/>
-[...1 lines deleted...]
-      <c r="E13" s="33" t="s">
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="F13" s="33"/>
-[...3 lines deleted...]
-      <c r="J13" s="32" t="s">
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A14" s="31">
+      <c r="A14" s="30">
         <v>45964</v>
       </c>
-      <c r="B14" s="31">
+      <c r="B14" s="30">
         <v>45970</v>
       </c>
-      <c r="C14" s="32"/>
-[...2 lines deleted...]
-      <c r="F14" s="33" t="s">
+      <c r="C14" s="31"/>
+      <c r="D14" s="31"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="G14" s="33" t="s">
+      <c r="G14" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="H14" s="33"/>
-[...1 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="H14" s="32"/>
+      <c r="I14" s="31"/>
+      <c r="J14" s="31"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A15" s="31">
+      <c r="A15" s="30">
         <v>45971</v>
       </c>
-      <c r="B15" s="31">
+      <c r="B15" s="30">
         <v>45977</v>
       </c>
-      <c r="C15" s="32"/>
-[...1 lines deleted...]
-      <c r="E15" s="33">
+      <c r="C15" s="31"/>
+      <c r="D15" s="31"/>
+      <c r="E15" s="32">
         <v>3</v>
       </c>
-      <c r="F15" s="33"/>
-[...1 lines deleted...]
-      <c r="H15" s="33">
+      <c r="F15" s="32"/>
+      <c r="G15" s="32"/>
+      <c r="H15" s="32">
         <v>3</v>
       </c>
-      <c r="I15" s="32"/>
-      <c r="J15" s="32"/>
+      <c r="I15" s="31"/>
+      <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A16" s="31">
+      <c r="A16" s="30">
         <v>45978</v>
       </c>
-      <c r="B16" s="31">
+      <c r="B16" s="30">
         <v>45984</v>
       </c>
-      <c r="C16" s="32"/>
-[...2 lines deleted...]
-      <c r="F16" s="33">
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="32">
         <v>3</v>
       </c>
-      <c r="G16" s="33">
+      <c r="G16" s="32">
         <v>3</v>
       </c>
-      <c r="H16" s="33"/>
-[...1 lines deleted...]
-      <c r="J16" s="32"/>
+      <c r="H16" s="32"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A17" s="2">
+      <c r="A17" s="30">
         <v>45985</v>
       </c>
-      <c r="B17" s="2">
+      <c r="B17" s="30">
         <v>45991</v>
       </c>
-      <c r="C17" s="3"/>
-[...1 lines deleted...]
-      <c r="E17" s="14">
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="32">
         <v>4</v>
       </c>
-      <c r="F17" s="14"/>
-[...1 lines deleted...]
-      <c r="H17" s="14">
+      <c r="F17" s="32"/>
+      <c r="G17" s="32"/>
+      <c r="H17" s="32">
         <v>4</v>
       </c>
-      <c r="I17" s="3"/>
-      <c r="J17" s="3"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A18" s="2">
+      <c r="A18" s="30">
         <v>45992</v>
       </c>
-      <c r="B18" s="2">
+      <c r="B18" s="30">
         <v>45998</v>
       </c>
-      <c r="C18" s="3"/>
-[...2 lines deleted...]
-      <c r="F18" s="14">
+      <c r="C18" s="31"/>
+      <c r="D18" s="31"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="32">
         <v>4</v>
       </c>
-      <c r="G18" s="14">
+      <c r="G18" s="32">
         <v>4</v>
       </c>
-      <c r="H18" s="14"/>
-[...1 lines deleted...]
-      <c r="J18" s="3"/>
+      <c r="H18" s="32"/>
+      <c r="I18" s="31"/>
+      <c r="J18" s="31"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="2">
+      <c r="A19" s="30">
         <v>45999</v>
       </c>
-      <c r="B19" s="2">
+      <c r="B19" s="30">
         <v>46005</v>
       </c>
-      <c r="C19" s="3"/>
-[...6 lines deleted...]
-      <c r="J19" s="3"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="31"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="31"/>
+      <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="2">
+      <c r="A20" s="30">
         <v>46006</v>
       </c>
-      <c r="B20" s="2">
+      <c r="B20" s="30">
         <v>46012</v>
       </c>
-      <c r="C20" s="3"/>
-[...6 lines deleted...]
-      <c r="J20" s="3"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="32"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="31"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="20">
+      <c r="A21" s="30">
         <v>46013</v>
       </c>
-      <c r="B21" s="20">
+      <c r="B21" s="30">
         <v>46019</v>
       </c>
-      <c r="C21" s="21"/>
-[...5 lines deleted...]
-      <c r="I21" s="21" t="s">
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="31" t="s">
         <v>18</v>
       </c>
+      <c r="J21" s="36"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="20">
+      <c r="A22" s="30">
         <v>46020</v>
       </c>
-      <c r="B22" s="20">
+      <c r="B22" s="30">
         <v>46026</v>
       </c>
-      <c r="C22" s="21"/>
-[...5 lines deleted...]
-      <c r="I22" s="23" t="s">
+      <c r="C22" s="31"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="32"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="32"/>
+      <c r="I22" s="33" t="s">
         <v>18</v>
       </c>
+      <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="20">
+      <c r="A23" s="30">
         <v>46027</v>
       </c>
-      <c r="B23" s="20">
+      <c r="B23" s="30">
         <v>46033</v>
       </c>
-      <c r="C23" s="21"/>
-[...5 lines deleted...]
-      <c r="I23" s="21" t="s">
+      <c r="C23" s="31"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="32"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="32"/>
+      <c r="I23" s="31" t="s">
         <v>18</v>
       </c>
+      <c r="J23" s="36"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="2">
         <v>46034</v>
       </c>
       <c r="B24" s="2">
         <v>46040</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="19"/>
       <c r="J24" s="3"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="2">
         <v>46041</v>
       </c>
       <c r="B25" s="2">
         <v>46047</v>
       </c>
       <c r="C25" s="3"/>
@@ -1466,104 +1468,104 @@
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="2">
         <v>46055</v>
       </c>
       <c r="B27" s="2">
         <v>46061</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="17">
         <v>46062</v>
       </c>
       <c r="B28" s="17">
         <v>46068</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
-      <c r="E28" s="24" t="s">
+      <c r="E28" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="F28" s="24" t="s">
+      <c r="F28" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="G28" s="24" t="s">
+      <c r="G28" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="H28" s="24"/>
+      <c r="H28" s="23"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" s="17">
         <v>46069</v>
       </c>
       <c r="B29" s="17">
         <v>46075</v>
       </c>
       <c r="C29" s="16"/>
       <c r="D29" s="16"/>
-      <c r="E29" s="24" t="s">
+      <c r="E29" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="F29" s="24" t="s">
+      <c r="F29" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="G29" s="24" t="s">
+      <c r="G29" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="H29" s="24"/>
+      <c r="H29" s="23"/>
       <c r="I29" s="16"/>
       <c r="J29" s="16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A30" s="2">
         <v>46076</v>
       </c>
       <c r="B30" s="2">
         <v>46082</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="14">
         <v>6</v>
       </c>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
-      <c r="H30" s="24">
+      <c r="H30" s="23">
         <v>6</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A31" s="2">
         <v>46083</v>
       </c>
       <c r="B31" s="2">
         <v>46089</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14">
         <v>6</v>
       </c>
       <c r="G31" s="14">
         <v>6</v>
       </c>
       <c r="H31" s="14"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
     </row>
@@ -2056,156 +2058,156 @@
       <c r="A18" s="2"/>
       <c r="B18" s="12"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="12"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:F40"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="8">
         <v>45925</v>
       </c>
-      <c r="B2" s="35">
+      <c r="B2" s="34">
         <v>0.12569444444444444</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>59</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="8">
         <v>45925</v>
       </c>
-      <c r="B3" s="35">
+      <c r="B3" s="34">
         <v>0.125</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>43</v>
       </c>
       <c r="F3" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="8">
         <v>45925</v>
       </c>
-      <c r="B4" s="35">
+      <c r="B4" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>50</v>
       </c>
       <c r="F4" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="8"/>
       <c r="B5" s="9"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="8">
         <v>45937</v>
       </c>
-      <c r="B6" s="35">
+      <c r="B6" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>57</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="17"/>
       <c r="B7" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
@@ -2227,160 +2229,160 @@
       <c r="C8" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>76</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="8"/>
       <c r="B9" s="9"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="8">
         <v>45981</v>
       </c>
-      <c r="B10" s="35">
+      <c r="B10" s="34">
         <v>0.125</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>59</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="8">
         <v>45979</v>
       </c>
-      <c r="B11" s="35">
+      <c r="B11" s="34">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="8">
         <v>45981</v>
       </c>
-      <c r="B12" s="35">
+      <c r="B12" s="34">
         <v>0.12569444444444444</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
       <c r="B13" s="9"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A14" s="8">
+      <c r="A14" s="37">
         <v>45995</v>
       </c>
       <c r="B14" s="9">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="8">
         <v>45994</v>
       </c>
-      <c r="B15" s="9">
-        <v>4</v>
+      <c r="B15" s="34">
+        <v>2.0833333333333333E-3</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="8">
         <v>45995</v>
       </c>
-      <c r="B16" s="9">
-        <v>4</v>
+      <c r="B16" s="34">
+        <v>0.125</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="8"/>
       <c r="B17" s="9"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="8">
         <v>46051</v>
@@ -2767,87 +2769,87 @@
       </c>
       <c r="B40" s="9">
         <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="18" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A2" s="38">
+      <c r="A2" s="37">
         <v>45923</v>
       </c>
       <c r="B2" s="9">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="17"/>
       <c r="B3" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>23</v>
@@ -2870,571 +2872,557 @@
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="17"/>
       <c r="B5" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>64</v>
       </c>
       <c r="F5" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="8">
         <v>45938</v>
       </c>
-      <c r="B6" s="35">
+      <c r="B6" s="34">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>54</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="B7" s="9"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="8">
         <v>45979</v>
       </c>
-      <c r="B8" s="35">
+      <c r="B8" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="8">
         <v>45978</v>
       </c>
-      <c r="B9" s="35">
+      <c r="B9" s="34">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="8"/>
       <c r="B10" s="9"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="8">
         <v>45992</v>
       </c>
-      <c r="B11" s="9">
-        <v>4</v>
+      <c r="B11" s="34">
+        <v>0.125</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="8">
         <v>45994</v>
       </c>
-      <c r="B12" s="9">
-        <v>4</v>
+      <c r="B12" s="34">
+        <v>4.3749999999999997E-2</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
-      <c r="B13" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B13" s="9"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
-      <c r="B14" s="9"/>
-[...3 lines deleted...]
-      <c r="F14" s="1"/>
+      <c r="B14" s="9">
+        <v>5</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A15" s="8"/>
+      <c r="A15" s="8">
+        <v>46048</v>
+      </c>
       <c r="B15" s="9">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="F15" s="18" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="8">
         <v>46048</v>
       </c>
       <c r="B16" s="9">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="8"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="8">
+        <v>46083</v>
+      </c>
+      <c r="B18" s="9">
+        <v>6</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="18" t="s">
+      <c r="D18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="F16" s="18" t="s">
+      <c r="F18" s="18" t="s">
         <v>52</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="F18" s="1"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="8">
         <v>46083</v>
       </c>
       <c r="B19" s="9">
         <v>6</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F19" s="18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="8"/>
       <c r="B20" s="9">
         <v>6</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="F20" s="18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
-      <c r="B21" s="9">
-[...13 lines deleted...]
-      </c>
+      <c r="B21" s="9"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="8"/>
-[...4 lines deleted...]
-      <c r="F22" s="1"/>
+      <c r="A22" s="8">
+        <v>46098</v>
+      </c>
+      <c r="B22" s="9">
+        <v>7</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="8"/>
       <c r="B23" s="9">
         <v>7</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>77</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="8"/>
+      <c r="A24" s="8">
+        <v>46097</v>
+      </c>
       <c r="B24" s="9">
         <v>7</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="F24" s="1"/>
+        <v>31</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="8">
-[...8 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="A25" s="8"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="8">
+        <v>46127</v>
+      </c>
+      <c r="B26" s="9">
+        <v>8</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E25" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="18" t="s">
+      <c r="D26" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F26" s="18" t="s">
         <v>52</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="F26" s="1"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="8">
-        <v>46127</v>
+        <v>46125</v>
       </c>
       <c r="B27" s="9">
         <v>8</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F27" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A28" s="8"/>
       <c r="B28" s="9">
         <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>77</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
-      <c r="B29" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B29" s="9"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A30" s="8"/>
-[...4 lines deleted...]
-      <c r="F30" s="1"/>
+      <c r="A30" s="8">
+        <v>46147</v>
+      </c>
+      <c r="B30" s="9">
+        <v>9</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="18" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="8">
-        <v>46147</v>
+        <v>46146</v>
       </c>
       <c r="B31" s="9">
         <v>9</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A32" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A32" s="8"/>
       <c r="B32" s="9">
         <v>9</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F32" s="18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="8"/>
-      <c r="B33" s="9">
-[...13 lines deleted...]
-      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
-      <c r="B34" s="9"/>
-[...1 lines deleted...]
-      <c r="D34" s="1"/>
+      <c r="B34" s="9">
+        <v>10</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="8"/>
+      <c r="A35" s="17">
+        <v>46174</v>
+      </c>
       <c r="B35" s="9">
         <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="F35" s="1"/>
+        <v>22</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="17">
-        <v>46174</v>
+      <c r="A36" s="8">
+        <v>46169</v>
       </c>
       <c r="B36" s="9">
         <v>10</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="F36" s="18" t="s">
-        <v>52</v>
-[...18 lines deleted...]
-      <c r="F37" s="18" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:F40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B12" sqref="B12"/>
+      <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="18.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="3" t="s">
@@ -3630,81 +3618,79 @@
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
       <c r="B13" s="14"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="14">
         <v>4</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="18"/>
       <c r="F14" s="18"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="2">
         <v>45982</v>
       </c>
-      <c r="B15" s="14">
-        <v>4</v>
+      <c r="B15" s="13">
+        <v>2.0833333333333333E-3</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>85</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A16" s="2">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="A16" s="17"/>
+      <c r="B16" s="14" t="s">
+        <v>86</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D16" s="3" t="s">
+      <c r="D16" s="16" t="s">
         <v>27</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="14"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="2">
         <v>46041</v>
       </c>
       <c r="B18" s="14">
         <v>5</v>
       </c>
       <c r="C18" s="3" t="s">
@@ -3750,63 +3736,63 @@
       <c r="C20" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>62</v>
       </c>
       <c r="F20" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="14"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="17">
         <v>46080</v>
       </c>
-      <c r="B22" s="24">
+      <c r="B22" s="23">
         <v>6</v>
       </c>
       <c r="C22" s="16" t="s">
         <v>23</v>
       </c>
       <c r="D22" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="E22" s="30" t="s">
+      <c r="E22" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="F22" s="30" t="s">
+      <c r="F22" s="29" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="2">
         <v>46079</v>
       </c>
       <c r="B23" s="14">
         <v>6</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="18" t="s">
         <v>62</v>
       </c>
       <c r="F23" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="2">
@@ -4079,1788 +4065,1762 @@
       </c>
       <c r="C40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>63</v>
       </c>
       <c r="F40" s="18" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.140625" style="6" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7.7109375" style="29" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B1" s="27" t="s">
+      <c r="B1" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
-      <c r="B2" s="27"/>
+      <c r="B2" s="26"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A3" s="2">
         <v>45915</v>
       </c>
       <c r="B3" s="13">
         <v>0.12638888888888888</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>41</v>
       </c>
       <c r="F3" s="18" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>86</v>
+    <row r="4" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B4" s="13">
+        <v>0.12569444444444444</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D4" s="16" t="s">
+      <c r="D4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F4" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="2"/>
-      <c r="B5" s="28"/>
+      <c r="B5" s="27"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="2">
         <v>45946</v>
       </c>
       <c r="B6" s="13">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F6" s="25" t="s">
+      <c r="F6" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="G6" s="26"/>
+      <c r="G6" s="25"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="17"/>
-      <c r="B7" s="28" t="s">
+      <c r="B7" s="27" t="s">
         <v>86</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>80</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
-      <c r="B8" s="28"/>
+      <c r="B8" s="27"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="18"/>
       <c r="F8" s="18"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="17"/>
-      <c r="B9" s="28" t="s">
+      <c r="B9" s="27" t="s">
         <v>86</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="2">
         <v>45971</v>
       </c>
       <c r="B10" s="13">
         <v>8.5416666666666669E-2</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="2"/>
-      <c r="B11" s="28"/>
+      <c r="B11" s="27"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="2">
         <v>45985</v>
       </c>
-      <c r="B12" s="28">
-        <v>4</v>
+      <c r="B12" s="13">
+        <v>0.12569444444444444</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="2">
         <v>45985</v>
       </c>
-      <c r="B13" s="28">
-        <v>4</v>
+      <c r="B13" s="13">
+        <v>2.0833333333333333E-3</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
-      <c r="B14" s="28"/>
+      <c r="B14" s="27"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="2">
         <v>46042</v>
       </c>
-      <c r="B15" s="28">
+      <c r="B15" s="27">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="2">
         <v>46044</v>
       </c>
-      <c r="B16" s="28">
+      <c r="B16" s="27">
         <v>5</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F16" s="25" t="s">
+      <c r="F16" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
-      <c r="B17" s="28"/>
+      <c r="B17" s="27"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="2">
         <v>46076</v>
       </c>
-      <c r="B18" s="28">
+      <c r="B18" s="27">
         <v>6</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>80</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F18" s="18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="2">
         <v>46077</v>
       </c>
-      <c r="B19" s="28">
+      <c r="B19" s="27">
         <v>6</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
-      <c r="B20" s="28"/>
+      <c r="B20" s="27"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="2">
         <v>46090</v>
       </c>
-      <c r="B21" s="28">
+      <c r="B21" s="27">
         <v>7</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>41</v>
       </c>
       <c r="F21" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="2">
         <v>46090</v>
       </c>
-      <c r="B22" s="28">
+      <c r="B22" s="27">
         <v>7</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="2"/>
-      <c r="B23" s="28"/>
+      <c r="B23" s="27"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="17">
         <v>46107</v>
       </c>
-      <c r="B24" s="28">
+      <c r="B24" s="27">
         <v>8</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F24" s="25" t="s">
+      <c r="F24" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="2">
         <v>46104</v>
       </c>
-      <c r="B25" s="28">
+      <c r="B25" s="27">
         <v>8</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F25" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="2"/>
-      <c r="B26" s="28"/>
+      <c r="B26" s="27"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="2">
         <v>46133</v>
       </c>
-      <c r="B27" s="28">
+      <c r="B27" s="27">
         <v>9</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="2">
         <v>46135</v>
       </c>
-      <c r="B28" s="28">
+      <c r="B28" s="27">
         <v>9</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F28" s="25" t="s">
+      <c r="F28" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="2"/>
-      <c r="B29" s="28"/>
+      <c r="B29" s="27"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="2">
         <v>46160</v>
       </c>
-      <c r="B30" s="28">
+      <c r="B30" s="27">
         <v>10</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>41</v>
       </c>
       <c r="F30" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="2">
         <v>46160</v>
       </c>
-      <c r="B31" s="28">
+      <c r="B31" s="27">
         <v>10</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F31" s="18" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+      <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="2">
         <v>45916</v>
       </c>
-      <c r="B2" s="35">
+      <c r="B2" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="8">
         <v>45918</v>
       </c>
-      <c r="B3" s="35">
+      <c r="B3" s="34">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>55</v>
       </c>
       <c r="F3" s="18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="8"/>
       <c r="B4" s="9"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="8">
         <v>45929</v>
       </c>
-      <c r="B5" s="35">
+      <c r="B5" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>48</v>
       </c>
       <c r="F5" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="17"/>
       <c r="B6" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="B7" s="9"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A8" s="8"/>
-[...1 lines deleted...]
-        <v>86</v>
+      <c r="A8" s="8">
+        <v>45999</v>
+      </c>
+      <c r="B8" s="34">
+        <v>0.12569444444444444</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>51</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="2">
         <v>45972</v>
       </c>
-      <c r="B9" s="35">
+      <c r="B9" s="34">
         <v>0.12638888888888888</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="8"/>
       <c r="B10" s="9"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="18"/>
       <c r="F10" s="18"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="17">
+    <row r="11" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="2">
         <v>45986</v>
       </c>
-      <c r="B11" s="9">
-[...2 lines deleted...]
-      <c r="C11" s="1" t="s">
+      <c r="B11" s="13">
+        <v>4.3749999999999997E-2</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="D11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A12" s="8"/>
+      <c r="A12" s="2">
+        <v>46136</v>
+      </c>
       <c r="B12" s="9">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="F12" s="1"/>
+        <v>30</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="8">
-[...5 lines deleted...]
-      <c r="C13" s="1" t="s">
+      <c r="A13" s="8"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="8">
+        <v>46045</v>
+      </c>
+      <c r="B14" s="9">
+        <v>5</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...15 lines deleted...]
-      <c r="F14" s="1"/>
+      <c r="E14" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A15" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="8"/>
       <c r="B15" s="9">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A16" s="8"/>
+      <c r="A16" s="8">
+        <v>46041</v>
+      </c>
       <c r="B16" s="9">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="F16" s="1"/>
+        <v>27</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A17" s="8">
-[...16 lines deleted...]
-      </c>
+      <c r="A17" s="8"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
-      <c r="B18" s="9"/>
-[...1 lines deleted...]
-      <c r="D18" s="1"/>
+      <c r="B18" s="9">
+        <v>6</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A19" s="8"/>
+      <c r="A19" s="8">
+        <v>46076</v>
+      </c>
       <c r="B19" s="9">
         <v>6</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="F19" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="F19" s="18" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="8">
+      <c r="A20" s="17">
         <v>46076</v>
       </c>
       <c r="B20" s="9">
         <v>6</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" s="18" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="8"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="8">
+        <v>46094</v>
+      </c>
+      <c r="B22" s="9">
+        <v>7</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...35 lines deleted...]
-      <c r="F22" s="1"/>
+      <c r="E22" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="8"/>
       <c r="B23" s="9">
         <v>7</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="8"/>
+      <c r="A24" s="17">
+        <v>46091</v>
+      </c>
       <c r="B24" s="9">
         <v>7</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="F24" s="1"/>
+        <v>27</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="17">
-[...8 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="A25" s="8"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="17">
+        <v>46104</v>
+      </c>
+      <c r="B26" s="9">
+        <v>8</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E25" s="18" t="s">
-[...12 lines deleted...]
-      <c r="F26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A27" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="A27" s="8"/>
       <c r="B27" s="9">
         <v>8</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="8"/>
+      <c r="A28" s="8">
+        <v>46108</v>
+      </c>
       <c r="B28" s="9">
         <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="F28" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="F28" s="18" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A29" s="8">
-[...8 lines deleted...]
-      <c r="D29" s="1" t="s">
+      <c r="A29" s="8"/>
+      <c r="B29" s="9"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="8">
+        <v>46136</v>
+      </c>
+      <c r="B30" s="9">
+        <v>9</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E29" s="18" t="s">
-[...12 lines deleted...]
-      <c r="F30" s="1"/>
+      <c r="E30" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A31" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A31" s="8"/>
       <c r="B31" s="9">
         <v>9</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="8">
+        <v>46006</v>
+      </c>
+      <c r="B32" s="34">
+        <v>0.125</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="F32" s="18" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="8"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="8">
+        <v>46164</v>
+      </c>
+      <c r="B34" s="9">
+        <v>10</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...49 lines deleted...]
-      <c r="F34" s="1"/>
+      <c r="E34" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="8"/>
       <c r="B35" s="9">
         <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="8"/>
+      <c r="A36" s="17">
+        <v>46160</v>
+      </c>
       <c r="B36" s="9">
         <v>10</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>75</v>
-[...14 lines deleted...]
-      <c r="D37" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E37" s="18" t="s">
+      <c r="E36" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="F37" s="18" t="s">
+      <c r="F36" s="18" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="23.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="2">
         <v>45931</v>
       </c>
-      <c r="B2" s="35">
+      <c r="B2" s="34">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>54</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="8">
         <v>45925</v>
       </c>
-      <c r="B3" s="35">
+      <c r="B3" s="34">
         <v>8.5416666666666669E-2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>74</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F3" s="25" t="s">
+      <c r="F3" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="8"/>
       <c r="B4" s="9"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="8">
         <v>45939</v>
       </c>
-      <c r="B5" s="35">
+      <c r="B5" s="34">
         <v>0.12569444444444444</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>46</v>
       </c>
       <c r="F5" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="2">
         <v>45936</v>
       </c>
       <c r="B6" s="13">
         <v>0.12569444444444444</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="B7" s="9"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2">
         <v>46001</v>
       </c>
-      <c r="B8" s="14" t="s">
-        <v>86</v>
+      <c r="B8" s="13">
+        <v>0.125</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="8">
         <v>45981</v>
       </c>
-      <c r="B9" s="35">
+      <c r="B9" s="34">
         <v>4.3749999999999997E-2</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="8"/>
       <c r="B10" s="9"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="8">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="A11" s="17"/>
+      <c r="B11" s="9" t="s">
+        <v>86</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="D11" s="16" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="25" t="s">
+      <c r="F11" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="8">
         <v>45992</v>
       </c>
-      <c r="B12" s="9">
-        <v>4</v>
+      <c r="B12" s="34">
+        <v>2.0833333333333333E-3</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
-      <c r="B13" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B13" s="9"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
-      <c r="B14" s="9"/>
-[...3 lines deleted...]
-      <c r="F14" s="1"/>
+      <c r="B14" s="9">
+        <v>5</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A15" s="8"/>
+      <c r="A15" s="8">
+        <v>46051</v>
+      </c>
       <c r="B15" s="9">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>72</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>74</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="F15" s="18" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="8">
-        <v>46051</v>
+        <v>46048</v>
       </c>
       <c r="B16" s="9">
         <v>5</v>
       </c>
       <c r="C16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="8"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="8">
+        <v>46086</v>
+      </c>
+      <c r="B18" s="9">
+        <v>6</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="18" t="s">
+      <c r="D18" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="F16" s="18" t="s">
+      <c r="F18" s="18" t="s">
         <v>42</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="F18" s="1"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="8">
         <v>46086</v>
       </c>
       <c r="B19" s="9">
         <v>6</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F19" s="18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="8"/>
       <c r="B20" s="9">
         <v>6</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>34</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F20" s="18" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
-      <c r="B21" s="9">
-[...13 lines deleted...]
-      </c>
+      <c r="B21" s="9"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="8"/>
-[...4 lines deleted...]
-      <c r="F22" s="1"/>
+      <c r="A22" s="8">
+        <v>46099</v>
+      </c>
+      <c r="B22" s="9">
+        <v>7</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="8"/>
       <c r="B23" s="9">
         <v>7</v>
       </c>
-      <c r="C23" s="3" t="s">
-        <v>71</v>
+      <c r="C23" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="8"/>
+      <c r="A24" s="8">
+        <v>46100</v>
+      </c>
       <c r="B24" s="9">
         <v>7</v>
       </c>
-      <c r="C24" s="1" t="s">
-        <v>75</v>
+      <c r="C24" s="3" t="s">
+        <v>74</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="F24" s="1"/>
+        <v>34</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="8">
-[...8 lines deleted...]
-      <c r="D25" s="3" t="s">
+      <c r="A25" s="8"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="8">
+        <v>46125</v>
+      </c>
+      <c r="B26" s="9">
+        <v>8</v>
+      </c>
+      <c r="C26" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="E25" s="18" t="s">
-[...12 lines deleted...]
-      <c r="F26" s="1"/>
+      <c r="D26" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="8">
-        <v>46125</v>
+        <v>46128</v>
       </c>
       <c r="B27" s="9">
         <v>8</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F27" s="18" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A28" s="8"/>
       <c r="B28" s="9">
         <v>8</v>
       </c>
-      <c r="C28" s="3" t="s">
-        <v>72</v>
+      <c r="C28" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
-      <c r="B29" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B29" s="9"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A30" s="8"/>
-[...4 lines deleted...]
-      <c r="F30" s="1"/>
+      <c r="A30" s="8">
+        <v>46148</v>
+      </c>
+      <c r="B30" s="9">
+        <v>9</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F30" s="18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="8">
-        <v>46148</v>
+        <v>46149</v>
       </c>
       <c r="B31" s="9">
         <v>9</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A32" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="A32" s="8"/>
       <c r="B32" s="9">
         <v>9</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>73</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F32" s="18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="8"/>
-      <c r="B33" s="9">
-[...13 lines deleted...]
-      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
-      <c r="B34" s="9"/>
-[...1 lines deleted...]
-      <c r="D34" s="1"/>
+      <c r="B34" s="9">
+        <v>10</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>71</v>
+      </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="8"/>
+      <c r="A35" s="8">
+        <v>46170</v>
+      </c>
       <c r="B35" s="9">
         <v>10</v>
       </c>
-      <c r="C35" s="1" t="s">
-        <v>75</v>
+      <c r="C35" s="3" t="s">
+        <v>74</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="F35" s="1"/>
+        <v>72</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F35" s="24" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="8">
         <v>46170</v>
       </c>
       <c r="B36" s="9">
         <v>10</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>39</v>
-[...18 lines deleted...]
-      <c r="E37" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="F37" s="18" t="s">
+      <c r="F36" s="18" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:F57"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D28" sqref="D28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="27.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24" bestFit="1" customWidth="1"/>
   </cols>